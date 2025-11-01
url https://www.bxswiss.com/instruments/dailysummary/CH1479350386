--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ca8731e936a490d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23795f0b527a4476" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf214516743b4653"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b01a8dd6c8f4402"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R530ac245b2054cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf214516743b4653" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bfe0c5d112d43da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b01a8dd6c8f4402" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,415</x:t>
-[...16 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,355</x:t>
-        </x:is>
-[...548 lines deleted...]
-          <x:t>1,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>