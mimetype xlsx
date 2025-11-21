--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23795f0b527a4476" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R246fffe328b64cf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b01a8dd6c8f4402"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra23911806c1a42f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bfe0c5d112d43da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b01a8dd6c8f4402" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55e76fd445344f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra23911806c1a42f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,245</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>1,815</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...291 lines deleted...]
-          <x:t>1,535</x:t>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>1,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...26 lines deleted...]
-          <x:t>1,355</x:t>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>