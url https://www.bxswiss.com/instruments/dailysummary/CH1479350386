--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R246fffe328b64cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c6c154d63c24ec6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra23911806c1a42f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cdb68e767ed4feb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55e76fd445344f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra23911806c1a42f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32425b58feeb44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cdb68e767ed4feb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,535</x:t>
-[...53 lines deleted...]
-          <x:t>1,435</x:t>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,395</x:t>
-[...16 lines deleted...]
-          <x:t>1,395</x:t>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...269 lines deleted...]
-          <x:t>0,914</x:t>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>