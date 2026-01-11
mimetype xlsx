--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c6c154d63c24ec6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d169e830db34ed6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cdb68e767ed4feb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04f28d6b25c24c0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32425b58feeb44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cdb68e767ed4feb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R428195a8b0974a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04f28d6b25c24c0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>1,074</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,048</x:t>
-[...43 lines deleted...]
-          <x:t>1,180</x:t>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,238</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>1,359</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,274</x:t>
-[...107 lines deleted...]
-          <x:t>1,238</x:t>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>