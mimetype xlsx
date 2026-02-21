--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d169e830db34ed6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f7a8b8c4acd4dd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04f28d6b25c24c0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e64c7f8e0214a27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R428195a8b0974a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04f28d6b25c24c0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cc0629b341f4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e64c7f8e0214a27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,213</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>1,957</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>