--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df2bd8120344790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36ab1396ff3d4f8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19ba4096387843ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R513b86e748d44e58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd30081c7e0374ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19ba4096387843ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ad6ebf70ec3410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R513b86e748d44e58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350378</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,445</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,245</x:t>
-[...178 lines deleted...]
-          <x:t>1,245</x:t>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...124 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,355</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>1,815</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>