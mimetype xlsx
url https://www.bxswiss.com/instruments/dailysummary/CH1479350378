--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36ab1396ff3d4f8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9bfaa5becd4753" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R513b86e748d44e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec8a436cfc00446f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ad6ebf70ec3410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R513b86e748d44e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e6da47c3344edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec8a436cfc00446f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350378</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...134 lines deleted...]
-          <x:t>1,895</x:t>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,825</x:t>
-[...195 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>1,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>