--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9bfaa5becd4753" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re24df1163b43459f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec8a436cfc00446f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb41a11a0a054352"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e6da47c3344edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec8a436cfc00446f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ef85a74679d4383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb41a11a0a054352" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350378</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>1,335</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,195</x:t>
-[...242 lines deleted...]
-          <x:t>0,962</x:t>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>