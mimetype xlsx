--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re24df1163b43459f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06a0696891b445f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb41a11a0a054352"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ca7b41e2354b64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ef85a74679d4383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb41a11a0a054352" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f6390a51f547c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ca7b41e2354b64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350378</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>1,186</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,160</x:t>
-[...48 lines deleted...]
-          <x:t>1,222</x:t>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,264</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>1,304</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>