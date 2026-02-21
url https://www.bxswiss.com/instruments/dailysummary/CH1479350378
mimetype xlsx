--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06a0696891b445f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43afb95f12d140b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ca7b41e2354b64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R580c532ddc664e43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f6390a51f547c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ca7b41e2354b64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe0123f8b4ed4fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R580c532ddc664e43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350378</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,434</x:t>
-[...21 lines deleted...]
-          <x:t>1,442</x:t>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,321</x:t>
-[...269 lines deleted...]
-          <x:t>1,458</x:t>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,667</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>2,049</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>