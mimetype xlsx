--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43afb95f12d140b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R443aef9ac98443fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R580c532ddc664e43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17645488f8d34375"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe0123f8b4ed4fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R580c532ddc664e43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree0dc29b63d54ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17645488f8d34375" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350378</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,691</x:t>
-[...318 lines deleted...]
-          <x:t>1,621</x:t>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,687</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>1,811</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>