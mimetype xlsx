--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc3df1e44e24dce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc71ec15151e5452f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f781ccb2dff4060"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a215d751734ae0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R319d2e9907df4747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f781ccb2dff4060" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebfbae9ae9764f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a215d751734ae0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,485</x:t>
-[...21 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...423 lines deleted...]
-          <x:t>1,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...100 lines deleted...]
-          <x:t>1,915</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>