--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc71ec15151e5452f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3611afc35c7148c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a215d751734ae0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0bcd2afad844c13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebfbae9ae9764f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a215d751734ae0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c078867ee74613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0bcd2afad844c13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>1,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>