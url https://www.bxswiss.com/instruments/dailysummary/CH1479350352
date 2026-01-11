--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3611afc35c7148c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac1f03fcc7b41c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0bcd2afad844c13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56d8a4df92074a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c078867ee74613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0bcd2afad844c13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa7aacce15c04c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56d8a4df92074a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>1,306</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,286</x:t>
-[...53 lines deleted...]
-          <x:t>1,296</x:t>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,348</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,368</x:t>
-[...90 lines deleted...]
-          <x:t>1,373</x:t>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>