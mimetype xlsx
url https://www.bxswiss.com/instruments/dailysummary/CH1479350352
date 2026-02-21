--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac1f03fcc7b41c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea526ce12a44162" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56d8a4df92074a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543fe40141204b77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa7aacce15c04c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56d8a4df92074a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05f177b646cd4ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543fe40141204b77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>1,378</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,373</x:t>
-[...242 lines deleted...]
-          <x:t>2,144</x:t>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>