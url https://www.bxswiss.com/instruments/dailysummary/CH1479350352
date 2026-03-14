--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea526ce12a44162" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R213406a9a4ef42d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543fe40141204b77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543cfbc108db4739"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05f177b646cd4ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543fe40141204b77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8421563856074b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543cfbc108db4739" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,807</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,579</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1,657</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,776</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...428 lines deleted...]
-          <x:t>1,563</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,579</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>1,857</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,887</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>1,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>