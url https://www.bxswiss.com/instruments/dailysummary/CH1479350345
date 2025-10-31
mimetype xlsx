--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8dbbb116fa422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c3bff73b7a465e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R824174c01a434cf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98a943282f4a4030"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d6adfc3f6994131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R824174c01a434cf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d482de0a5244b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98a943282f4a4030" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,435</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>1,485</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,765</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>1,975</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>