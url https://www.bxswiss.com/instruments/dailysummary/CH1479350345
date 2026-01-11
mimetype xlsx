--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c3bff73b7a465e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f1f1fd9f15e48fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98a943282f4a4030"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6672e3c7b7a44adf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d482de0a5244b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98a943282f4a4030" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90f0673f659c4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6672e3c7b7a44adf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,505</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>2,095</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>1,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>