--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f1f1fd9f15e48fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bef5ea51f84e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6672e3c7b7a44adf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a64d688418d4ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90f0673f659c4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6672e3c7b7a44adf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R120957655999492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a64d688418d4ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>