--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bef5ea51f84e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R392144fa72684ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a64d688418d4ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99cdc75175b44581"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R120957655999492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a64d688418d4ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa91f94917194562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99cdc75175b44581" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,582</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,515</x:t>
-[...6 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,656</x:t>
-[...75 lines deleted...]
-          <x:t>1,410</x:t>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,262</x:t>
-[...178 lines deleted...]
-          <x:t>1,628</x:t>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,615</x:t>
-[...112 lines deleted...]
-          <x:t>2,241</x:t>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>