--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R392144fa72684ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7754d80f24b49db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99cdc75175b44581"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43692ac4eda04c11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa91f94917194562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99cdc75175b44581" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f47363faf7544ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43692ac4eda04c11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>1,748</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,791</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,910</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,749</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-          <x:t>09.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,807</x:t>
-[...210 lines deleted...]
-          <x:t>1,949</x:t>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,981</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>1,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>