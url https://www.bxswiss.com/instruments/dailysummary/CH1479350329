--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf2f678c3ca34cdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7485944fdb314aa4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc613350ca55445ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ea536e541c40e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94af1a0233014497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc613350ca55445ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c015b331ab46ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ea536e541c40e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,505</x:t>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,605</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...369 lines deleted...]
-          <x:t>1,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,455</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,625</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>2,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>