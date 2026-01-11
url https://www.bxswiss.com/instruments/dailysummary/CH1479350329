--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7485944fdb314aa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8884f2a00ba44815" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ea536e541c40e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba49d60300494684"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c015b331ab46ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ea536e541c40e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb196957b663947e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba49d60300494684" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,495</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,455</x:t>
+          <x:t>1,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,625</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>