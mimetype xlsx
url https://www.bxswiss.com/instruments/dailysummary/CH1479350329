--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8884f2a00ba44815" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58340ad935ec42d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba49d60300494684"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6105877f58604b7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb196957b663947e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba49d60300494684" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e37052328124d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6105877f58604b7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>1,482</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,328</x:t>
-[...301 lines deleted...]
-          <x:t>2,341</x:t>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>