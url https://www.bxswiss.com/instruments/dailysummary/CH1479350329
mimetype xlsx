--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58340ad935ec42d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ffad13e443549bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6105877f58604b7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50234f153ef146f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e37052328124d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6105877f58604b7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd60bddfaa21f408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50234f153ef146f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,562</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,681</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,954</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,837</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>2,093</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>