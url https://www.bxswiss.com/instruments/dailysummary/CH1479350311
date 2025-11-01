--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd322248bd247ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R866223b700a34cf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radfcb9260589487d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5637ad12a4e94f15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57998e458cbf4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radfcb9260589487d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42253ae42a2a4f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5637ad12a4e94f15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,635</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,715</x:t>
-[...386 lines deleted...]
-        <x:is>
           <x:t>1,695</x:t>
-        </x:is>
-[...160 lines deleted...]
-          <x:t>2,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>