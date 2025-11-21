--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R866223b700a34cf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce486008d60445b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5637ad12a4e94f15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffa6ab30e5ff4793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42253ae42a2a4f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5637ad12a4e94f15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc32d8ae589ee4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffa6ab30e5ff4793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>2,235</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,155</x:t>
-[...195 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>1,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>