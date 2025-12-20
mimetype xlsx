--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce486008d60445b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fde04b9384b4895" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffa6ab30e5ff4793"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe3f6f9d1fda4291"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc32d8ae589ee4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffa6ab30e5ff4793" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R981a13cf17bc47c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe3f6f9d1fda4291" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>