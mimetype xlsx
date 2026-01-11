--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fde04b9384b4895" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9bc38c336424554" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe3f6f9d1fda4291"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9abdc4b24f64a9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R981a13cf17bc47c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe3f6f9d1fda4291" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e4770f910934346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9abdc4b24f64a9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,338</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,587</x:t>
-[...58 lines deleted...]
-          <x:t>1,361</x:t>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,551</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,598</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>