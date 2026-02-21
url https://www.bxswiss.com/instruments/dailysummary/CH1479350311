--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9bc38c336424554" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62d2a41bad6b4edd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9abdc4b24f64a9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdadfbb88698a49cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e4770f910934346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9abdc4b24f64a9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a1c0bad78a4f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdadfbb88698a49cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,741</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,483</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,819</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,608</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>2,444</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>