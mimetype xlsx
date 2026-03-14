--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62d2a41bad6b4edd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R981454d20b9d4b9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdadfbb88698a49cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade5bbd654f04c3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a1c0bad78a4f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdadfbb88698a49cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5282860c817f488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade5bbd654f04c3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>1,924</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,977</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>09.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>1,919</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,959</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>13.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,001</x:t>
-[...21 lines deleted...]
-          <x:t>2,019</x:t>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,817</x:t>
-[...112 lines deleted...]
-          <x:t>2,193</x:t>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>