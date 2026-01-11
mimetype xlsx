--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24999d5e08844186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e19d9810db48b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9199e652f654adc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d91521dfcd44dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9c892b37b6b49ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9199e652f654adc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a2bf32e6656423c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d91521dfcd44dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,785</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,685</x:t>
-[...448 lines deleted...]
-          <x:t>2,365</x:t>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,295</x:t>
-[...33 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,325</x:t>
-[...9 lines deleted...]
-          <x:t>2,235</x:t>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>