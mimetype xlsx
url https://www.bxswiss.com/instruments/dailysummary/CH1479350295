--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e19d9810db48b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R764b78977fb6455e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d91521dfcd44dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c20c5f210e467b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a2bf32e6656423c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d91521dfcd44dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a40fe0b9a24b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c20c5f210e467b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>