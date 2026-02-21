--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R764b78977fb6455e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb374de1e09945a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c20c5f210e467b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2a5b4424c84416d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a40fe0b9a24b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c20c5f210e467b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca2bd36c94947ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2a5b4424c84416d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>1,886</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,869</x:t>
-[...112 lines deleted...]
-          <x:t>2,549</x:t>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>