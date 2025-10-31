--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e99249747b4673" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa7732fafd947f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dad8c33490f4870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6ca02d5d6814f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R170b6ba86fe54c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dad8c33490f4870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b66c98bb5b94b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6ca02d5d6814f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,925</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,665</x:t>
-[...475 lines deleted...]
-          <x:t>1,775</x:t>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>2,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>