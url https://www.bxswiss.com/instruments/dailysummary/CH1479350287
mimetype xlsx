--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa7732fafd947f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3398e1fc63804fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6ca02d5d6814f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65dbb9c3da374649"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b66c98bb5b94b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6ca02d5d6814f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d07a85c86e3411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65dbb9c3da374649" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,805</x:t>
-[...134 lines deleted...]
-          <x:t>2,415</x:t>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,325</x:t>
-[...195 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,905</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>2,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,985</x:t>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>