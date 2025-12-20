--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3398e1fc63804fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7086d0f39cd74e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65dbb9c3da374649"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b574440a9ee4378"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d07a85c86e3411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65dbb9c3da374649" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6cd8ad8ecec42f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b574440a9ee4378" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...409 lines deleted...]
-          <x:t>1,835</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...107 lines deleted...]
-          <x:t>1,600</x:t>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,766</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,304</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>