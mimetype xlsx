--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7086d0f39cd74e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e9ec9128c94292" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b574440a9ee4378"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1122ea762bcf42da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6cd8ad8ecec42f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b574440a9ee4378" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radf5a39cbb14491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1122ea762bcf42da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>