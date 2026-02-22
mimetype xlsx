--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e9ec9128c94292" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0edde7679f254f29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1122ea762bcf42da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3cdd679de1e4116"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radf5a39cbb14491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1122ea762bcf42da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92e51172668e4631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3cdd679de1e4116" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1,917</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,768</x:t>
-[...16 lines deleted...]
-          <x:t>1,885</x:t>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,736</x:t>
-[...355 lines deleted...]
-          <x:t>2,657</x:t>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>