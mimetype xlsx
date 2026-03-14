--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0edde7679f254f29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fab74c1000c4544" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3cdd679de1e4116"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6620f75af48144f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92e51172668e4631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3cdd679de1e4116" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac360ebc57f34bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6620f75af48144f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,170</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,096</x:t>
-[...571 lines deleted...]
-          <x:t>2,397</x:t>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>