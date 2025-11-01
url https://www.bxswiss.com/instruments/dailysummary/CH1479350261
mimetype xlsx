--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8230b2e33dd84fcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba14f0dad7ff467c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04295ac2868a4ad3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247b6b16e6a441fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c20ef0b03c3485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04295ac2868a4ad3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b8e14a2316d4c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247b6b16e6a441fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,005</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...16 lines deleted...]
-          <x:t>1,855</x:t>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
-        </x:is>
-[...548 lines deleted...]
-          <x:t>2,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>