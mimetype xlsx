--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba14f0dad7ff467c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84275f6bb5ae4398" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247b6b16e6a441fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c9a600d1d0844df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b8e14a2316d4c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247b6b16e6a441fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R366a8f17fb3349ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c9a600d1d0844df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,785</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...242 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,355</x:t>
-[...43 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>2,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>1,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>