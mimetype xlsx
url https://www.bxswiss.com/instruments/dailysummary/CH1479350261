--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84275f6bb5ae4398" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d4ca8ef48064f3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c9a600d1d0844df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cad2966d9e6446c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R366a8f17fb3349ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c9a600d1d0844df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d5f247bcccd4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cad2966d9e6446c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>2,035</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,995</x:t>
-[...296 lines deleted...]
-          <x:t>1,368</x:t>
+          <x:t>1,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>