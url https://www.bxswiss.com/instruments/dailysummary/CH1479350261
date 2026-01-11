--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d4ca8ef48064f3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b3658b89019482e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cad2966d9e6446c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf81bf49f12c84d3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d5f247bcccd4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cad2966d9e6446c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R552ac7503a0f4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf81bf49f12c84d3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>1,678</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,648</x:t>
-[...11 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>1,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,746</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,880</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,780</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>1,847</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>