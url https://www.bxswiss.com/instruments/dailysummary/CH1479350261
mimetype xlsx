--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b3658b89019482e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c50fbcffff45ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf81bf49f12c84d3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dff141d479a4e2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R552ac7503a0f4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf81bf49f12c84d3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71b3996830a6477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dff141d479a4e2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>2,769</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>