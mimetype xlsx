--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c50fbcffff45ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fbb26af446b4b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dff141d479a4e2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e165931a5844f54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71b3996830a6477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dff141d479a4e2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5198d78e9d1044a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e165931a5844f54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,334</x:t>
-[...21 lines deleted...]
-          <x:t>2,227</x:t>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,206</x:t>
-[...335 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>2,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,259</x:t>
-[...151 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,485</x:t>
-[...36 lines deleted...]
-          <x:t>2,505</x:t>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>