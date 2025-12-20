--- v0 (2025-10-30)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R793c992505234ff3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc93f26a99e54e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25403be4ec0745e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R473b6813ee2840dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d44898c80724f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25403be4ec0745e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b89065804ed4137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R473b6813ee2840dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,815</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,905</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>2,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>