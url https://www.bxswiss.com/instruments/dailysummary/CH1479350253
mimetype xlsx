--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc93f26a99e54e87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d4dc875f4b24423" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R473b6813ee2840dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c81ea65f5344a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b89065804ed4137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R473b6813ee2840dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12898bdfb5224817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c81ea65f5344a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>