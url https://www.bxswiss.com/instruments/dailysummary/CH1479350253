--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d4dc875f4b24423" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f6f34cbf0c4a49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c81ea65f5344a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c4067e46a734fa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12898bdfb5224817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c81ea65f5344a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14b806ac7da74bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c4067e46a734fa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>2,527</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,439</x:t>
-[...80 lines deleted...]
-          <x:t>2,882</x:t>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>