--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f6f34cbf0c4a49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6867d7b86b1d4ca2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c4067e46a734fa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df75f71123a42bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14b806ac7da74bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c4067e46a734fa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reff68501a1d34deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df75f71123a42bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,264</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,982</x:t>
-[...16 lines deleted...]
-          <x:t>2,372</x:t>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,292</x:t>
-[...48 lines deleted...]
-          <x:t>2,481</x:t>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,434</x:t>
-[...502 lines deleted...]
-          <x:t>2,731</x:t>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,615</x:t>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>