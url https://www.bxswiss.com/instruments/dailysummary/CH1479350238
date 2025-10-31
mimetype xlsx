--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeb70aa233f847f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba99925759b949a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5d36471c5fc4ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc432c764eca4be4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dd787b48f2c4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5d36471c5fc4ab4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b182abe73c4e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc432c764eca4be4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,125</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>08.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...21 lines deleted...]
-          <x:t>2,075</x:t>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...423 lines deleted...]
-          <x:t>2,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,985</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>2,605</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>