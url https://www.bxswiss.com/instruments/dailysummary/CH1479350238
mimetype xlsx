--- v1 (2025-10-31)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba99925759b949a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce70a16aeaa4a34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc432c764eca4be4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ad8b7ed5094442"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b182abe73c4e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc432c764eca4be4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba1d0c55c70347c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ad8b7ed5094442" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,055</x:t>
-[...21 lines deleted...]
-          <x:t>1,945</x:t>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,905</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,235</x:t>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>