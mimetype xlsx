--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce70a16aeaa4a34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79bb9b367e864809" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ad8b7ed5094442"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c3aee0d34e94b8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba1d0c55c70347c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ad8b7ed5094442" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R235e5e060f914b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c3aee0d34e94b8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,415</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,395</x:t>
-[...237 lines deleted...]
-          <x:t>1,705</x:t>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...262 lines deleted...]
-          <x:t>1,392</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>