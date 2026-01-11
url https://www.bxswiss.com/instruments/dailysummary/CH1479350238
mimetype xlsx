--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79bb9b367e864809" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd642ce876644472a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c3aee0d34e94b8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc601be2b45fe4834"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R235e5e060f914b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c3aee0d34e94b8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra69cb0c2757946fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc601be2b45fe4834" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>