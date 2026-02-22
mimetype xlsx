--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd642ce876644472a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8593e10095f64c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc601be2b45fe4834"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47e20493f8ee415c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra69cb0c2757946fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc601be2b45fe4834" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3086f512e354a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47e20493f8ee415c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,190</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,028</x:t>
-[...382 lines deleted...]
-          <x:t>2,997</x:t>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>