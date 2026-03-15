--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8593e10095f64c60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6c50e7dffdb436d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47e20493f8ee415c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b45125e19164bff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3086f512e354a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47e20493f8ee415c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea2f736212bc4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b45125e19164bff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,364</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,074</x:t>
-[...53 lines deleted...]
-          <x:t>2,407</x:t>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,463</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...533 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>