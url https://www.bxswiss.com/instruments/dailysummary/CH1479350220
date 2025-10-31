--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a6f63bd3b48484b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb191a2cd4bb64f6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ecbf3c5ec54439e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R875a210520fe41ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf1fd67e6fdf43ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ecbf3c5ec54439e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R193f417f3b9941d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R875a210520fe41ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,275</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,995</x:t>
-[...43 lines deleted...]
-          <x:t>2,195</x:t>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,085</x:t>
-[...60 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,105</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,055</x:t>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>2,715</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>