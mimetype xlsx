--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb191a2cd4bb64f6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc44f63f9f5b461b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R875a210520fe41ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refdf766f6c614e58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R193f417f3b9941d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R875a210520fe41ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc06b01676ec94b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refdf766f6c614e58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,325</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>