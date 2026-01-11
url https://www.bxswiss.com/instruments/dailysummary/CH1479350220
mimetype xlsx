--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc44f63f9f5b461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radf2221333a9472d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refdf766f6c614e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dd54ded8c9a4311"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc06b01676ec94b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refdf766f6c614e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1caa60d9f52041b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dd54ded8c9a4311" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>1,770</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,828</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>2,002</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,976</x:t>
-[...247 lines deleted...]
-          <x:t>2,116</x:t>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>