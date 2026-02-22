--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radf2221333a9472d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re58275c5062c4246" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dd54ded8c9a4311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a15b13ecd6d461e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1caa60d9f52041b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dd54ded8c9a4311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aa76b98000b40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a15b13ecd6d461e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>3,112</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>