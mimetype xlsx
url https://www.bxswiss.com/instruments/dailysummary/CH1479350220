--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re58275c5062c4246" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ebce68d324a4d15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a15b13ecd6d461e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0116ffb49d1a40a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aa76b98000b40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a15b13ecd6d461e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8d78914a38d43c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0116ffb49d1a40a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>2,652</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,587</x:t>
-[...16 lines deleted...]
-          <x:t>2,661</x:t>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,569</x:t>
-[...48 lines deleted...]
-          <x:t>2,514</x:t>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,577</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>2,841</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>