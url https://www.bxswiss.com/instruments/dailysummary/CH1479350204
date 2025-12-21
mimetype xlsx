--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad2cd7b9f064a8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9991f5774dba44ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f4d44e59a134a4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1077ec3b844a5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9d68955dc054db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f4d44e59a134a4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b696eff4a4e449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1077ec3b844a5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,355</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,055</x:t>
-[...134 lines deleted...]
-          <x:t>2,035</x:t>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,255</x:t>
-[...387 lines deleted...]
-          <x:t>2,805</x:t>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>