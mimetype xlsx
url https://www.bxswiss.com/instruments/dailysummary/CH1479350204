--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9991f5774dba44ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185b1c3ef28d46e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1077ec3b844a5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324665728ca6492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b696eff4a4e449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1077ec3b844a5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b846846167c49c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324665728ca6492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,006</x:t>
-[...161 lines deleted...]
-          <x:t>2,475</x:t>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,213</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>2,347</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,178</x:t>
-[...112 lines deleted...]
-          <x:t>2,213</x:t>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>