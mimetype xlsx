--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185b1c3ef28d46e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1ca87ce7aca4913" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324665728ca6492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R046a3277a7014d57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b846846167c49c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324665728ca6492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R807e87dd28274ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R046a3277a7014d57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>2,221</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,073</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>3,234</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>