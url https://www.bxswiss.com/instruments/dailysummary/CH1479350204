--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1ca87ce7aca4913" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82517458528346c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R046a3277a7014d57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c82ddb602e143d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R807e87dd28274ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R046a3277a7014d57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a1b04d7ec81431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c82ddb602e143d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,479</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,606</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>2,957</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>