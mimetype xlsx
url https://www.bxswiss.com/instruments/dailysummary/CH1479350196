--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R721845e16dbb4da6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3379bf5a4477452c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f190f52abd44c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb70f00dbae9c4e13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcde3a55ad5204ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f190f52abd44c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc694c550ec504426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb70f00dbae9c4e13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,355</x:t>
-[...97 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,285</x:t>
-[...332 lines deleted...]
-        <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,275</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>2,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>