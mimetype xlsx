--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3379bf5a4477452c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55ad4402f4f14f42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb70f00dbae9c4e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R168ec40d0b2f4697"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc694c550ec504426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb70f00dbae9c4e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1973d4c475df43e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R168ec40d0b2f4697" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,315</x:t>
-[...21 lines deleted...]
-          <x:t>2,195</x:t>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,155</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,515</x:t>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>