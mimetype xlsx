--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55ad4402f4f14f42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c45ba111aac4672" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R168ec40d0b2f4697"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddceed7949f24927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1973d4c475df43e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R168ec40d0b2f4697" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a23c420e7a649e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddceed7949f24927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>2,315</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.11.2025</x:t>
-[...370 lines deleted...]
-          <x:t>1,726</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>