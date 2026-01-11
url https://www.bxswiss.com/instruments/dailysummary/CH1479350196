--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c45ba111aac4672" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8006069906a1402a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddceed7949f24927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebcf8f9e83ba4c8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a23c420e7a649e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddceed7949f24927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67870362d8094ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebcf8f9e83ba4c8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,276</x:t>
-[...129 lines deleted...]
-          <x:t>2,447</x:t>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,466</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>2,311</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>