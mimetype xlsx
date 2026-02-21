--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8006069906a1402a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c596c3e26154e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebcf8f9e83ba4c8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5b61e5dbc34548"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67870362d8094ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebcf8f9e83ba4c8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6c1104eb4874a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5b61e5dbc34548" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,150</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>2,287</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,246</x:t>
-[...151 lines deleted...]
-          <x:t>3,312</x:t>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,077</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>3,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>