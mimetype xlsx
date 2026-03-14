--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c596c3e26154e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f94ade6788549a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5b61e5dbc34548"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba860fb8076042b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6c1104eb4874a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5b61e5dbc34548" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb38caa0a170435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba860fb8076042b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,677</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,743</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>2,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,205</x:t>
-[...345 lines deleted...]
-          <x:t>3,055</x:t>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,831</x:t>
-[...26 lines deleted...]
-          <x:t>3,077</x:t>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>