--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02e1c0f83a345d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb9568abb4b4146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1b1106829c48be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc851f26b89541fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87aca47c2dd54f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1b1106829c48be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9627cbb544ae41cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc851f26b89541fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,475</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>08.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,445</x:t>
-[...21 lines deleted...]
-          <x:t>2,425</x:t>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,465</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...423 lines deleted...]
-          <x:t>2,365</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>3,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>