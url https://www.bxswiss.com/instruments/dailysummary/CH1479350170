--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb9568abb4b4146" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a74488fb8a04282" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc851f26b89541fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20f91851092145b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9627cbb544ae41cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc851f26b89541fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81a49a3f64e54329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20f91851092145b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,395</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,235</x:t>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...305 lines deleted...]
-          <x:t>2,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,685</x:t>
-[...26 lines deleted...]
-          <x:t>2,325</x:t>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,615</x:t>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>