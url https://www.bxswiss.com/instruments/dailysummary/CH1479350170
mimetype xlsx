--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a74488fb8a04282" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree3077cd25ac41de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20f91851092145b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8fe181955040c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81a49a3f64e54329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20f91851092145b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R511cedfcad274648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8fe181955040c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>2,405</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.11.2025</x:t>
-[...370 lines deleted...]
-          <x:t>1,804</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>