--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree3077cd25ac41de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f98e4ad284c4881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8fe181955040c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1049273500f14013"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R511cedfcad274648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8fe181955040c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R740f0c7b11154a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1049273500f14013" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,442</x:t>
-[...16 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,434</x:t>
-[...4 lines deleted...]
-          <x:t>2,262</x:t>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,348</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>2,334</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,290</x:t>
-[...4 lines deleted...]
-          <x:t>2,413</x:t>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>