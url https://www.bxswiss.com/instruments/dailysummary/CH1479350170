--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f98e4ad284c4881" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98edb672e0f749fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1049273500f14013"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra552e35660234ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R740f0c7b11154a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1049273500f14013" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f04dad30b4d43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra552e35660234ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,406</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,434</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...337 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,090</x:t>
-[...58 lines deleted...]
-          <x:t>3,196</x:t>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,327</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>3,480</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>