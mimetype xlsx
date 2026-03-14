--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98edb672e0f749fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aa2fc724f8048ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra552e35660234ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4553b27593c84238"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f04dad30b4d43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra552e35660234ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc359f94bd5a4698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4553b27593c84238" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,918</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,822</x:t>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,921</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...504 lines deleted...]
-          <x:t>2,991</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.02.2026</x:t>
-[...46 lines deleted...]
-          <x:t>3,199</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>