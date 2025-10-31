--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R238dacbd1c6746fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra962b4beae444bc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d4f999ff2a24b5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb211444a10db4a5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf25b0a5dfa274fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d4f999ff2a24b5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f8b69025a8a47c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb211444a10db4a5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,545</x:t>
-[...97 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>2,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,475</x:t>
-[...31 lines deleted...]
-          <x:t>2,345</x:t>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...305 lines deleted...]
-          <x:t>2,455</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>3,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>