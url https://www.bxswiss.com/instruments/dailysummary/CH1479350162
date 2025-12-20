--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra962b4beae444bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35f5f4c94dd64a22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb211444a10db4a5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a7f1e65bd04daa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f8b69025a8a47c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb211444a10db4a5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cae1c7fe0674fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a7f1e65bd04daa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,325</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>2,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>