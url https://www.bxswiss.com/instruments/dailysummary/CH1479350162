--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35f5f4c94dd64a22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra46fd0cb87964d5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a7f1e65bd04daa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf2183127dc44ad6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cae1c7fe0674fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a7f1e65bd04daa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6d7318fe354990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf2183127dc44ad6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>