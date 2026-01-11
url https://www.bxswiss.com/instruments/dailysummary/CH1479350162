--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra46fd0cb87964d5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e7b7bab59f84a9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf2183127dc44ad6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc2d9d1d26b34afd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6d7318fe354990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf2183127dc44ad6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d11ce0b6e10476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc2d9d1d26b34afd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>2,128</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,024</x:t>
-[...92 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,542</x:t>
-[...193 lines deleted...]
-          <x:t>2,194</x:t>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,450</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>2,517</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>