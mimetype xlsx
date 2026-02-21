--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e7b7bab59f84a9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ebf9155eb44cc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc2d9d1d26b34afd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71296752861541cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d11ce0b6e10476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc2d9d1d26b34afd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf523567a3f4d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71296752861541cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,210</x:t>
-[...4 lines deleted...]
-          <x:t>3,040</x:t>
+          <x:t>3,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,111</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>3,603</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>