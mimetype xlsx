--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ebf9155eb44cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R801936422fb54524" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71296752861541cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bcd6eac2c0f4006"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf523567a3f4d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71296752861541cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da9878e05944d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bcd6eac2c0f4006" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>3,033</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,936</x:t>
-[...53 lines deleted...]
-          <x:t>2,932</x:t>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,103</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,181</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,024</x:t>
-[...249 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,139</x:t>
-[...166 lines deleted...]
-          <x:t>3,111</x:t>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.02.2026</x:t>
-[...46 lines deleted...]
-          <x:t>3,325</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>