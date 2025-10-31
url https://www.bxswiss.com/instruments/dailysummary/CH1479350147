--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215d992f80cc4c2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad0fc2bf5b64799" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf26ec62626743d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0ff7efa0b4349db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f7572676136424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf26ec62626743d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94d840fd8234176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0ff7efa0b4349db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,405</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...332 lines deleted...]
-          <x:t>2,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,285</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,565</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>3,235</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>