--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad0fc2bf5b64799" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d9a9a198dbe4fbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0ff7efa0b4349db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65980e9155244532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94d840fd8234176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0ff7efa0b4349db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b1671727b44137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65980e9155244532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,475</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...455 lines deleted...]
-          <x:t>2,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,945</x:t>
-[...134 lines deleted...]
-          <x:t>2,815</x:t>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>