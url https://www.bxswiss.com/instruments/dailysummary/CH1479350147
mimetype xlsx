--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d9a9a198dbe4fbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b55997902d413e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65980e9155244532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5baec9cf5a204304"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b1671727b44137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65980e9155244532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dd7f52c37924645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5baec9cf5a204304" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>2,542</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,648</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>2,624</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>