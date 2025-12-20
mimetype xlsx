--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b205c93a6a34482" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29103a39954242c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bb7409e0aec46b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94be6af95e6b4652"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fe21bb78b214995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bb7409e0aec46b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf02df558f869438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94be6af95e6b4652" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,615</x:t>
-[...387 lines deleted...]
-          <x:t>3,355</x:t>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>