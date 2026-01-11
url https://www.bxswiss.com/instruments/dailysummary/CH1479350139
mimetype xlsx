--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29103a39954242c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708a75cf9d214577" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94be6af95e6b4652"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf246764589d411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf02df558f869438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94be6af95e6b4652" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaac042cffea4cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf246764589d411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,684</x:t>
-[...252 lines deleted...]
-          <x:t>2,734</x:t>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>