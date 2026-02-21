--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708a75cf9d214577" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47acf06949f0438c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf246764589d411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f6de9104b984ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaac042cffea4cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf246764589d411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e5344a58124a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f6de9104b984ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>2,751</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,724</x:t>
-[...70 lines deleted...]
-          <x:t>3,456</x:t>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,353</x:t>
-[...80 lines deleted...]
-          <x:t>3,860</x:t>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>