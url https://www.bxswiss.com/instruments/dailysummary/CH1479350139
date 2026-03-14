--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47acf06949f0438c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6085680bb13f4dc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f6de9104b984ef0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bc2d7ed2680421b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e5344a58124a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f6de9104b984ef0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09704c86b26d4059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bc2d7ed2680421b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>3,128</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,141</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,271</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,169</x:t>
-[...70 lines deleted...]
-          <x:t>3,396</x:t>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,194</x:t>
-[...146 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>3,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,217</x:t>
-[...112 lines deleted...]
-          <x:t>3,203</x:t>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...208 lines deleted...]
-          <x:t>3,575</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>