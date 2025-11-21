--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e2a0c01f87480f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89c9f20130444b48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b9fcc08ef25488d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb767318fc4434af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f47aa387c274dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b9fcc08ef25488d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1cba8d63a784fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb767318fc4434af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,805</x:t>
-[...21 lines deleted...]
-          <x:t>2,675</x:t>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,635</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>2,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,035</x:t>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>