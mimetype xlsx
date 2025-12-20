--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89c9f20130444b48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30f5f311b064144" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb767318fc4434af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd08327b91cb4869"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1cba8d63a784fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb767318fc4434af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da1b605a7894620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd08327b91cb4869" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...539 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,772</x:t>
-[...90 lines deleted...]
-          <x:t>2,142</x:t>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>