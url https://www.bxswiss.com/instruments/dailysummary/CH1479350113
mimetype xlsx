--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30f5f311b064144" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0753361d1bd645d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd08327b91cb4869"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65800976f1514898"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da1b605a7894620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd08327b91cb4869" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raedfbc1006c945b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65800976f1514898" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>2,756</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,734</x:t>
-[...220 lines deleted...]
-          <x:t>2,846</x:t>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>