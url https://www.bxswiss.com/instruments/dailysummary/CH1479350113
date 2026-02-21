--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0753361d1bd645d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4da2cf467894034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65800976f1514898"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b1cfb442bfe4f97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raedfbc1006c945b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65800976f1514898" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69c4c91888d04be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b1cfb442bfe4f97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,762</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,653</x:t>
-[...70 lines deleted...]
-          <x:t>2,723</x:t>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,623</x:t>
-[...328 lines deleted...]
-          <x:t>3,991</x:t>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>