--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4da2cf467894034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdb57f9cb8ca4e48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b1cfb442bfe4f97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b4637ba5d3d4908"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69c4c91888d04be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b1cfb442bfe4f97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9f5f73e3b684ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b4637ba5d3d4908" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>3,479</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,286</x:t>
-[...33 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,290</x:t>
-[...107 lines deleted...]
-          <x:t>3,164</x:t>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>3,705</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>