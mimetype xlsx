--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b8d4877c0c492f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7995e54657c74501" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf64053341c7e4841"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf3d13626e3f4cfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0c127d426d64ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf64053341c7e4841" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc995e7fa39434f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf3d13626e3f4cfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>2,945</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,935</x:t>
-[...11 lines deleted...]
-          <x:t>2,925</x:t>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,875</x:t>
-[...183 lines deleted...]
-          <x:t>2,695</x:t>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,635</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,865</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>3,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>