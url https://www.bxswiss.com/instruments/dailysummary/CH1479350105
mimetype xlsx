--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7995e54657c74501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R200369f37fb84447" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf3d13626e3f4cfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf15964e0536045f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc995e7fa39434f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf3d13626e3f4cfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f81fd5a60164973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf15964e0536045f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,895</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,715</x:t>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,735</x:t>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>3,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>3,695</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,575</x:t>
-[...475 lines deleted...]
-          <x:t>3,235</x:t>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,145</x:t>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>