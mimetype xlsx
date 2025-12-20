--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R200369f37fb84447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ab1320afe94943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf15964e0536045f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf92012195c85445b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f81fd5a60164973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf15964e0536045f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88327ba8d164513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf92012195c85445b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...544 lines deleted...]
-          <x:t>2,860</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,876</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>2,232</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>