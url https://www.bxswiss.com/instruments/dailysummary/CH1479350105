--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ab1320afe94943" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9759c9fea86a4a8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf92012195c85445b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ee29ce7a1f4faf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88327ba8d164513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf92012195c85445b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b95ed3b9d5e4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ee29ce7a1f4faf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>2,798</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,766</x:t>
-[...11 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,978</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>2,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>