--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9759c9fea86a4a8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R458e2bc9e4d746c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ee29ce7a1f4faf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6348bc0a1b6f4450"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b95ed3b9d5e4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ee29ce7a1f4faf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda6149817dc64c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6348bc0a1b6f4450" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>3,710</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,604</x:t>
-[...80 lines deleted...]
-          <x:t>4,125</x:t>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>