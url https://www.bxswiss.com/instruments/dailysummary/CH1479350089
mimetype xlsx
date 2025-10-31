--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c6cc477d7fd4ea4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ef7f37b39342d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18f42310c4684731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7975a7cc68684226"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R623bc8c71ca548fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18f42310c4684731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac978d792fbb4da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7975a7cc68684226" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,085</x:t>
-[...507 lines deleted...]
-          <x:t>2,965</x:t>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>3,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>