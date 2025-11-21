--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ef7f37b39342d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R455895183a9c4310" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7975a7cc68684226"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdeccbd4a90440e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac978d792fbb4da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7975a7cc68684226" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb905252da6d246dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdeccbd4a90440e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,015</x:t>
-[...31 lines deleted...]
-          <x:t>2,835</x:t>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...582 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,255</x:t>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>