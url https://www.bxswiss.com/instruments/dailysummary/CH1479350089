--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R455895183a9c4310" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e53e99470d41dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdeccbd4a90440e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf152cd9007104d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb905252da6d246dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdeccbd4a90440e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2ad98a0d5d43bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf152cd9007104d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...527 lines deleted...]
-          <x:t>2,706</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,956</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,966</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,578</x:t>
-[...85 lines deleted...]
-          <x:t>2,324</x:t>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>