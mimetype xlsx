--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e53e99470d41dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf19c7cf6be6e4752" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf152cd9007104d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40900a2951ab4c73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2ad98a0d5d43bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf152cd9007104d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc520c242798e4ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40900a2951ab4c73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,094</x:t>
-[...156 lines deleted...]
-          <x:t>2,996</x:t>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,017</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>3,078</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>