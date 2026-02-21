--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf19c7cf6be6e4752" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1955e602409d458e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40900a2951ab4c73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re19c370ebcc042df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc520c242798e4ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40900a2951ab4c73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49f0907eb532447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re19c370ebcc042df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>3,840</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,732</x:t>
-[...80 lines deleted...]
-          <x:t>4,260</x:t>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>