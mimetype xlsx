--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1955e602409d458e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d74c88119464578" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re19c370ebcc042df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1e6e4726e364db6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49f0907eb532447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re19c370ebcc042df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27988f5344964880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1e6e4726e364db6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>3,628</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,533</x:t>
-[...517 lines deleted...]
-          <x:t>3,969</x:t>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>