--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdfd0928fa054090" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd15e6414e6a4954" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34b8d9b63f14448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c17f47df0984baa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra891d769873e475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34b8d9b63f14448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7856bb7e43084948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c17f47df0984baa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,205</x:t>
-[...4 lines deleted...]
-          <x:t>2,975</x:t>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...455 lines deleted...]
-          <x:t>2,985</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,945</x:t>
-[...85 lines deleted...]
-          <x:t>3,815</x:t>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>