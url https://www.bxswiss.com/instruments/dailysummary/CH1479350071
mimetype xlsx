--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd15e6414e6a4954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09517ed6501b4eba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c17f47df0984baa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5154c701904c78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7856bb7e43084948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c17f47df0984baa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R793ae2ce3c844b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5154c701904c78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...544 lines deleted...]
-          <x:t>3,074</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,678</x:t>
-[...85 lines deleted...]
-          <x:t>2,420</x:t>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>