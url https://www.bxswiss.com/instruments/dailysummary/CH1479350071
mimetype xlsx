--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09517ed6501b4eba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf971c10371a844fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5154c701904c78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b31caac08b042d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R793ae2ce3c844b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5154c701904c78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re730663ae10c464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b31caac08b042d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>3,022</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,990</x:t>
-[...92 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,499</x:t>
-[...144 lines deleted...]
-          <x:t>3,197</x:t>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>