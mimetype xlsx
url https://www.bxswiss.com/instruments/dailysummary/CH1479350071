--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf971c10371a844fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfff44e29e954288" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b31caac08b042d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75ac39059bb247de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re730663ae10c464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b31caac08b042d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R433fa4a6b96d4ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75ac39059bb247de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,393</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,166</x:t>
-[...362 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,423</x:t>
-[...9 lines deleted...]
-          <x:t>4,396</x:t>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>