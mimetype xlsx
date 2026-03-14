--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfff44e29e954288" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271b5932ebf84db3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75ac39059bb247de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef234bc8e274c69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R433fa4a6b96d4ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75ac39059bb247de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c76802a6df64bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef234bc8e274c69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>3,774</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,662</x:t>
-[...16 lines deleted...]
-          <x:t>3,722</x:t>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,685</x:t>
-[...544 lines deleted...]
-          <x:t>4,107</x:t>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>