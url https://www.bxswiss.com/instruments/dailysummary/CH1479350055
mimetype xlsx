--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff35930376ba4f98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd696350b00324d1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ca897ef048444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6ea0a74b8304593"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb54eff986574d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ca897ef048444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56a55dba76c24543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6ea0a74b8304593" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,995</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,265</x:t>
-[...11 lines deleted...]
-          <x:t>3,245</x:t>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,245</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,015</x:t>
-[...394 lines deleted...]
-          <x:t>3,185</x:t>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,135</x:t>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>3,935</x:t>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>