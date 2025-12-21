--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd696350b00324d1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2122f406d76648b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6ea0a74b8304593"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3203a6b99fe24348"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56a55dba76c24543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6ea0a74b8304593" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48db0db0cc434c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3203a6b99fe24348" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3,485</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>