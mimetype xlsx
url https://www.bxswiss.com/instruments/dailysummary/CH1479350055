--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2122f406d76648b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8fbabcc00d4390" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3203a6b99fe24348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e0c36fdfb7f471c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48db0db0cc434c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3203a6b99fe24348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e62736423ab43c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e0c36fdfb7f471c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>3,136</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,104</x:t>
-[...173 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>2,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,231</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>