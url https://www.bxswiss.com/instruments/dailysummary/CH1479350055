--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8fbabcc00d4390" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40d7fc56951e4fb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e0c36fdfb7f471c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57cdbe7df70e451c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e62736423ab43c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e0c36fdfb7f471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d7b7aa0b1d3455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57cdbe7df70e451c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,560</x:t>
-[...9 lines deleted...]
-          <x:t>4,534</x:t>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>