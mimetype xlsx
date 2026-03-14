--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40d7fc56951e4fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe25838a31c14696" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57cdbe7df70e451c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7493cde570b4adc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d7b7aa0b1d3455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57cdbe7df70e451c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabb1351e577b4a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7493cde570b4adc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,977</x:t>
-[...382 lines deleted...]
-          <x:t>3,597</x:t>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,929</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>4,243</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>