--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0535889a59c64ae6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R630e4d567f5a4e27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcfd784375184cd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R781da5d7fbf5404a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8a369beef84418" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcfd784375184cd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2097790032894b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R781da5d7fbf5404a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,385</x:t>
-[...48 lines deleted...]
-          <x:t>3,355</x:t>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,125</x:t>
-[...173 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>3,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,285</x:t>
-[...210 lines deleted...]
-          <x:t>3,295</x:t>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,245</x:t>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...127 lines deleted...]
-          <x:t>4,375</x:t>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>