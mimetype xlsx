--- v1 (2025-10-31)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R630e4d567f5a4e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd15a34bfff0a4eea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R781da5d7fbf5404a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9039ba9af71c425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2097790032894b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R781da5d7fbf5404a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d7b14ca5654256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9039ba9af71c425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>4,225</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>3,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>4,585</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,445</x:t>
-[...404 lines deleted...]
-          <x:t>3,595</x:t>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>