--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd15a34bfff0a4eea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b5acb6242a4549" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9039ba9af71c425f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb66e2359ea14b38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d7b14ca5654256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9039ba9af71c425f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R785b7c72fe9d4fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb66e2359ea14b38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,881</x:t>
-[...16 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,037</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...396 lines deleted...]
-          <x:t>12.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,401</x:t>
-[...171 lines deleted...]
-          <x:t>4,381</x:t>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>