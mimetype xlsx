--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded405c6d63a4ef7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb26136d040bf47df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c008b5d135c455f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5ffdd8b33a4862"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390f400b6e6d4347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c008b5d135c455f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc0a28900bf4992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5ffdd8b33a4862" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>3,475</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,235</x:t>
-[...26 lines deleted...]
-          <x:t>3,175</x:t>
+          <x:t>3,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...359 lines deleted...]
-          <x:t>3,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,365</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,885</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>4,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>