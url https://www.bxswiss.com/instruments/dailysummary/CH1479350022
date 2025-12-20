--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb26136d040bf47df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e47f746921f49fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5ffdd8b33a4862"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e1a0ad3d504855"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc0a28900bf4992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5ffdd8b33a4862" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d133b4e6d84e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e1a0ad3d504855" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,965</x:t>
-[...225 lines deleted...]
-          <x:t>3,715</x:t>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>