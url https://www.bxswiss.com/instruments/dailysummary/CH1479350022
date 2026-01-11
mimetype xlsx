--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e47f746921f49fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1971db6d8e124a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e1a0ad3d504855"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1ce2b1769d54b03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20d133b4e6d84e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e1a0ad3d504855" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc0bf8d9e0d4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1ce2b1769d54b03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>3,230</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>