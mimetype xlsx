--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1971db6d8e124a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4a7f26f65cd411a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1ce2b1769d54b03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe66cfe202294466"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc0bf8d9e0d4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1ce2b1769d54b03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8f4a2f06800443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe66cfe202294466" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,767</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,881</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>4,814</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>