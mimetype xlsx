--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4a7f26f65cd411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204ee9518b484933" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe66cfe202294466"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b80fae7fe02423e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8f4a2f06800443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe66cfe202294466" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0695197450c34d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b80fae7fe02423e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,212 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>4,247</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,039</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>4,201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>