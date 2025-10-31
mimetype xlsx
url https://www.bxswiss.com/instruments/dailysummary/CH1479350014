--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21b5396dc46d49ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3ca8950c48148f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R801ca144491e43d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79dc4f2ba1e04923"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bfe69bd0e884b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R801ca144491e43d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4061a280e964d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79dc4f2ba1e04923" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,745</x:t>
-[...576 lines deleted...]
-          <x:t>4,315</x:t>
+          <x:t>3,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>