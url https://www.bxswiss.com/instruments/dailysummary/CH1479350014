--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3ca8950c48148f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f46e9e1d3c9456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79dc4f2ba1e04923"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddc31df39bb54824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4061a280e964d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79dc4f2ba1e04923" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dac7595832846b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddc31df39bb54824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,585</x:t>
-[...21 lines deleted...]
-          <x:t>3,425</x:t>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,385</x:t>
-[...598 lines deleted...]
-          <x:t>3,845</x:t>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>