--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f46e9e1d3c9456d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcdd613ede394c3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddc31df39bb54824"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R023ceaf0d20e4dc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dac7595832846b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddc31df39bb54824" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd65f4d2a2fd4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R023ceaf0d20e4dc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>3,995</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>3,945</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>2,824</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>