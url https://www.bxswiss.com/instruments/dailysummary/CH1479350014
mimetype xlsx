--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcdd613ede394c3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f34931f6e4e413d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R023ceaf0d20e4dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81211e5b132843c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd65f4d2a2fd4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R023ceaf0d20e4dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4a89c8a301648e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81211e5b132843c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>3,210</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,346</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>3,498</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,460</x:t>
-[...247 lines deleted...]
-          <x:t>3,695</x:t>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>