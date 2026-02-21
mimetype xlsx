--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f34931f6e4e413d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5062ccd5ddc942b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81211e5b132843c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10afb2bb69b846ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4a89c8a301648e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81211e5b132843c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91ec28d5f8cf4a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10afb2bb69b846ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>4,514</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,400</x:t>
-[...80 lines deleted...]
-          <x:t>4,957</x:t>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>