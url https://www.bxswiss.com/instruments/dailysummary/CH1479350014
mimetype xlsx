--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5062ccd5ddc942b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9219425f552d407b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10afb2bb69b846ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7559b6b9f4a425a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91ec28d5f8cf4a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10afb2bb69b846ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb175cf05278407b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7559b6b9f4a425a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479350014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,146</x:t>
-[...31 lines deleted...]
-          <x:t>4,186</x:t>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,313</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,404</x:t>
-[...463 lines deleted...]
-          <x:t>3,995</x:t>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,337</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>4,313</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>