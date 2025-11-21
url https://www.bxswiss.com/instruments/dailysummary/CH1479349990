--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cfda04047cc4245" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c0f21ab76de46e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2104eda071e4a9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0f39a58d6a941f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c90c09d8af14246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2104eda071e4a9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree41c74516dd4190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0f39a58d6a941f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,705</x:t>
-[...21 lines deleted...]
-          <x:t>3,545</x:t>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,495</x:t>
-[...598 lines deleted...]
-          <x:t>3,965</x:t>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>