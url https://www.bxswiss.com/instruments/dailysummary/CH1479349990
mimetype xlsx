--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c0f21ab76de46e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28ed74b96794465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0f39a58d6a941f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49548142e45f4d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree41c74516dd4190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0f39a58d6a941f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d80cd7745704bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49548142e45f4d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...409 lines deleted...]
-          <x:t>3,735</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,825</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>2,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>