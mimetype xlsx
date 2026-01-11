--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28ed74b96794465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8bc53814e94e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49548142e45f4d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc17f042a7094ae7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d80cd7745704bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49548142e45f4d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30b79d8af04947ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc17f042a7094ae7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>3,502</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,472</x:t>
-[...80 lines deleted...]
-          <x:t>3,592</x:t>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,710</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>3,993</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,863</x:t>
-[...107 lines deleted...]
-          <x:t>3,825</x:t>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>