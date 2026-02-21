--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8bc53814e94e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf870c9431164f23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc17f042a7094ae7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ccfcb010d3d4ea2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30b79d8af04947ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc17f042a7094ae7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd662066d18b4715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ccfcb010d3d4ea2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>4,027</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,780</x:t>
-[...259 lines deleted...]
-          <x:t>4,184</x:t>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,161</x:t>
-[...112 lines deleted...]
-          <x:t>5,100</x:t>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>