--- v4 (2026-02-21)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf870c9431164f23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7f265b0485d4108" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ccfcb010d3d4ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15c30cce59ea4867"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd662066d18b4715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ccfcb010d3d4ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62600f20afab4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15c30cce59ea4867" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,534</x:t>
-[...4 lines deleted...]
-          <x:t>4,321</x:t>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,449</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...423 lines deleted...]
-          <x:t>4,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,363</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>4,127</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,543</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,853</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>4,451</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>