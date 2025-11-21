--- v0 (2025-10-30)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b9589b67cee4479" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f91a2a117724059" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48d50049ddbe473c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab263edb30504979"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b072c86f1cd4eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48d50049ddbe473c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra43c5c030a4541ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab263edb30504979" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,825</x:t>
-[...21 lines deleted...]
-          <x:t>3,665</x:t>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,615</x:t>
-[...598 lines deleted...]
-          <x:t>4,085</x:t>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>