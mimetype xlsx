--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f91a2a117724059" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e4eabb061448c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab263edb30504979"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re63eb282fd4d429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra43c5c030a4541ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab263edb30504979" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd52ee2a733f4a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re63eb282fd4d429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>3,815</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,245</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,085</x:t>
-[...350 lines deleted...]
-          <x:t>3,040</x:t>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>