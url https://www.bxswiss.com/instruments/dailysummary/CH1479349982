--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e4eabb061448c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c70bbd8273448d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re63eb282fd4d429d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73765219cc4042a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd52ee2a733f4a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re63eb282fd4d429d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1cc6f13bd844e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73765219cc4042a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>