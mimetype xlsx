--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c70bbd8273448d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72878df59cd14ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73765219cc4042a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re91983e958234812"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1cc6f13bd844e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73765219cc4042a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ad3c52a14fa41f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re91983e958234812" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>4,009</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,896</x:t>
-[...215 lines deleted...]
-          <x:t>5,246</x:t>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>