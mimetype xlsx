--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72878df59cd14ff7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc474bbfd2ecb4d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re91983e958234812"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R844aad7ae2c84d16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ad3c52a14fa41f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re91983e958234812" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c1e950a2d8649e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R844aad7ae2c84d16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>4,275</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,367</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...68 lines deleted...]
-          <x:t>3,902</x:t>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,281</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,255</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...85 lines deleted...]
-          <x:t>4,449</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,339</x:t>
-[...80 lines deleted...]
-          <x:t>4,683</x:t>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,997</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>4,945</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>