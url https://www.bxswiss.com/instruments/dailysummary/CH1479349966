--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16c8cd10a0734865" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7043b8038e447ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe8f230a5df41f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eee3b859de542f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2dd029c631d435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe8f230a5df41f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9d3dc513c614c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eee3b859de542f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>4,575</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,535</x:t>
-[...75 lines deleted...]
-          <x:t>3,775</x:t>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...235 lines deleted...]
-          <x:t>4,215</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>