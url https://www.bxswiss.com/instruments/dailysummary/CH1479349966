--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7043b8038e447ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7474ddf8054d4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eee3b859de542f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad5d337b7e84111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9d3dc513c614c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eee3b859de542f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re46c00bec19c48ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad5d337b7e84111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>3,754</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,722</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...219 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,985</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>