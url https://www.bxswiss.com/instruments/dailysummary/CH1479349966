--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7474ddf8054d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1dd4f881f784871" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad5d337b7e84111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68363a10cfa64eff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re46c00bec19c48ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad5d337b7e84111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R758d433441f94e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68363a10cfa64eff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,082</x:t>
-[...441 lines deleted...]
-          <x:t>5,392</x:t>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>