--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1dd4f881f784871" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53059b2f8bb34c1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68363a10cfa64eff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b6b7b279b3a4721"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R758d433441f94e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68363a10cfa64eff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R329c019cffd54e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b6b7b279b3a4721" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>4,598</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,731</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,701</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>4,727</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>