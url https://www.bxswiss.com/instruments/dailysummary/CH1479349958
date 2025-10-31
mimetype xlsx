--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82229f46c1b54558" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59699befc83844a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4b2e10efdf84fca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3851c398526540d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a28df8d624466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4b2e10efdf84fca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4324efc158984366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3851c398526540d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349958</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,795</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>4,005</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,955</x:t>
-[...85 lines deleted...]
-          <x:t>4,835</x:t>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>