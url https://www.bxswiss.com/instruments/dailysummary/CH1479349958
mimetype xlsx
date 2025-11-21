--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59699befc83844a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4467208d06f84c50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3851c398526540d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b75287148f54ce9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4324efc158984366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3851c398526540d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d59a34b0da24b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b75287148f54ce9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349958</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,065</x:t>
-[...21 lines deleted...]
-          <x:t>3,905</x:t>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,855</x:t>
-[...598 lines deleted...]
-          <x:t>4,345</x:t>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>