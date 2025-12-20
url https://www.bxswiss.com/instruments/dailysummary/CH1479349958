--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4467208d06f84c50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb414866c60a400b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b75287148f54ce9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06f5207e4201435c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d59a34b0da24b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b75287148f54ce9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raace849bcd054c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06f5207e4201435c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349958</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,505</x:t>
-[...360 lines deleted...]
-          <x:t>3,262</x:t>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>