--- v3 (2025-12-20)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb414866c60a400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8574fe56c97845e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06f5207e4201435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98caa7f71c474149"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raace849bcd054c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06f5207e4201435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60e3203d642342a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98caa7f71c474149" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349958</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>4,224</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>