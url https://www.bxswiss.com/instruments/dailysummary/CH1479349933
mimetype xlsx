--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52a01cada974da9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeb6f76df8cc426a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd45473ab2c2b456a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc780a946904d4258"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f9bd17376041a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd45473ab2c2b456a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51077dc989774c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc780a946904d4258" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,135</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>4,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,075</x:t>
-[...112 lines deleted...]
-          <x:t>4,975</x:t>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>