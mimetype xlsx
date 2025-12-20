--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeb6f76df8cc426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R373a87dfae104088" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc780a946904d4258"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd2d8fe618aa467d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51077dc989774c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc780a946904d4258" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10ecbb61692249a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd2d8fe618aa467d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>4,475</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>