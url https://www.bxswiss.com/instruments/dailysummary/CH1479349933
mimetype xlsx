--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R373a87dfae104088" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd93736b957ea4aaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd2d8fe618aa467d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re09ce7b0cea640ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10ecbb61692249a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd2d8fe618aa467d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a193cde3f543af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re09ce7b0cea640ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>4,264</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,190</x:t>
-[...33 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,104</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>4,398</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>4,360</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>