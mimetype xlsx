--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd93736b957ea4aaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d873aa965654a06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re09ce7b0cea640ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R149130ecf78d4fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a193cde3f543af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re09ce7b0cea640ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07cd0ddd1005402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R149130ecf78d4fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,685</x:t>
-[...220 lines deleted...]
-          <x:t>4,185</x:t>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>5,689</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>