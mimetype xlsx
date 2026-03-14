--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d873aa965654a06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R200d4f89147247da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R149130ecf78d4fa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35af230b66de4cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07cd0ddd1005402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R149130ecf78d4fa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e4f75099694049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35af230b66de4cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>4,907</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,989</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>4,175</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,537</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>5,379</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>