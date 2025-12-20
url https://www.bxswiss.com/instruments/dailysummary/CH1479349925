--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R005a5d1c6cd14e7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R692ee74b14514a74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a8edcae49474572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb62ff5eb1ef4121"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40f1699994c74b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a8edcae49474572" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R243b6b18ccce4a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb62ff5eb1ef4121" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>4,315</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,055</x:t>
-[...490 lines deleted...]
-          <x:t>5,105</x:t>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>