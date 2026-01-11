--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R692ee74b14514a74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a94c3ef54824e12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb62ff5eb1ef4121"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531ace44645e4968"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R243b6b18ccce4a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb62ff5eb1ef4121" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c8ca09133241fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531ace44645e4968" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>4,226</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,322</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>4,498</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>