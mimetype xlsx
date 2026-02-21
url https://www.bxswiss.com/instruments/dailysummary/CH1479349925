--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a94c3ef54824e12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf352496c26e4fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531ace44645e4968"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c33cb4cbe2440cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c8ca09133241fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531ace44645e4968" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29798c36bcb44d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c33cb4cbe2440cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,373</x:t>
-[...53 lines deleted...]
-          <x:t>5,789</x:t>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,656</x:t>
-[...26 lines deleted...]
-          <x:t>5,839</x:t>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>