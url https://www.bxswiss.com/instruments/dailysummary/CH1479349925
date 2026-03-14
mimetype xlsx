--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf352496c26e4fc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb63ca37c28194ee4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c33cb4cbe2440cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1b2ac413b0b467c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29798c36bcb44d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c33cb4cbe2440cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b4f99d61331485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1b2ac413b0b467c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,949</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,967</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>26.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,133</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>4,297</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,677</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>5,527</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>