--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbbfabe54b744e29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97b598d2f6c8409b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d39fe9127144c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bfad3a0582b43ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e6d59a14c51477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d39fe9127144c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc576e98dbb6e475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bfad3a0582b43ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,275</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,525</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,495</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>4,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>4,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,325</x:t>
-[...58 lines deleted...]
-          <x:t>5,245</x:t>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>