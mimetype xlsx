--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97b598d2f6c8409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R447db0d7b4884e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bfad3a0582b43ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b7aba1531b4dc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc576e98dbb6e475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bfad3a0582b43ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b8ceada8304a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b7aba1531b4dc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,465</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,355</x:t>
-[...11 lines deleted...]
-          <x:t>4,285</x:t>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,235</x:t>
-[...210 lines deleted...]
-          <x:t>5,715</x:t>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,165</x:t>
-[...16 lines deleted...]
-          <x:t>5,375</x:t>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,275</x:t>
-[...340 lines deleted...]
-          <x:t>4,855</x:t>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>