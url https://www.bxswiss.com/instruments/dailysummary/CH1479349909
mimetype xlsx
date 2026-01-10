--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R447db0d7b4884e1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45847a5ea012426f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b7aba1531b4dc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41343c7669a4e1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b8ceada8304a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b7aba1531b4dc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re84b7e7344c64582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41343c7669a4e1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>5,125</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,075</x:t>
-[...593 lines deleted...]
-          <x:t>3,614</x:t>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>