--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45847a5ea012426f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4526f4ed5549ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41343c7669a4e1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8839265aabb24a4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re84b7e7344c64582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41343c7669a4e1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a6473684d64484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8839265aabb24a4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>4,638</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,581</x:t>
-[...188 lines deleted...]
-          <x:t>5,991</x:t>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>