--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4526f4ed5549ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5a7702ff3341e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8839265aabb24a4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3452068bf9b04e7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a6473684d64484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8839265aabb24a4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d370d1ceda48d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3452068bf9b04e7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,478</x:t>
-[...139 lines deleted...]
-          <x:t>4,971</x:t>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...95 lines deleted...]
-          <x:t>4,953</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>5,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,731</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>5,679</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>