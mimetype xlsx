--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98e55e796677479e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b6ff5a410441f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R536b377012df4aeb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e84476b3a744ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9c0763fdd8746ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R536b377012df4aeb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b4249e49bc4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e84476b3a744ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,615</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>4,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,055</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>5,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>