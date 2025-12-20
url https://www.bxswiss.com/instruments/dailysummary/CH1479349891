--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b6ff5a410441f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189b1363085f487b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e84476b3a744ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2587f8032b7245f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b4249e49bc4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e84476b3a744ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R270d592a4c2941c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2587f8032b7245f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>4,665</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,655</x:t>
-[...593 lines deleted...]
-          <x:t>4,875</x:t>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>