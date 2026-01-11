--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189b1363085f487b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9a26875f7a04bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2587f8032b7245f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc6012f88a2d4488"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R270d592a4c2941c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2587f8032b7245f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aa4dd446d214f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc6012f88a2d4488" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>