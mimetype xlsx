--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9a26875f7a04bb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6d3a204a7af417d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc6012f88a2d4488"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdb7856de1194b28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aa4dd446d214f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc6012f88a2d4488" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51fb2e18795841e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdb7856de1194b28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,112</x:t>
-[...232 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,019</x:t>
-[...31 lines deleted...]
-          <x:t>5,148</x:t>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,503</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>6,143</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>