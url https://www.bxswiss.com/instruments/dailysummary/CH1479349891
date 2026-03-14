--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6d3a204a7af417d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R594a07a9011146b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdb7856de1194b28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81e3cb13d0914317"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51fb2e18795841e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdb7856de1194b28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf0058ff28954b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81e3cb13d0914317" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>5,425</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,302</x:t>
-[...146 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,459</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>5,551</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,881</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>5,829</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>