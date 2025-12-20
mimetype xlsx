--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde656f5f1c54575" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61f492e5b89144a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea65d91a7ab47c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91ef7762680849cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc4deb7143e4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea65d91a7ab47c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e232e8dae5d431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91ef7762680849cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>5,665</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>