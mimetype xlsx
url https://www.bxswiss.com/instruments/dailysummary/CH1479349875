--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61f492e5b89144a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058eaae9b71640c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91ef7762680849cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc2055e097cb48a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e232e8dae5d431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91ef7762680849cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9bb253edbc44d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc2055e097cb48a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>