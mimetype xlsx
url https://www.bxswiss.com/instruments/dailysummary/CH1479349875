--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058eaae9b71640c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe451b42fffb4b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc2055e097cb48a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fc21f055dd343ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9bb253edbc44d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc2055e097cb48a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3326d9618098427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fc21f055dd343ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,044</x:t>
-[...313 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,808</x:t>
-[...117 lines deleted...]
-          <x:t>6,450</x:t>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>