--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe451b42fffb4b30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re69752e5ee5048e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fc21f055dd343ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R429d3465a4fe408c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3326d9618098427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fc21f055dd343ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60412513246e41a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R429d3465a4fe408c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>5,635</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>5,890</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,633</x:t>
-[...431 lines deleted...]
-          <x:t>5,851</x:t>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.02.2026</x:t>
-[...46 lines deleted...]
-          <x:t>6,133</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>