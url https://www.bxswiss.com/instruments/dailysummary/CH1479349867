--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e2ff39738f4d62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree6f712f088e454c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a4ddb24bdd84971"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e922d1bd8d846b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14055c63bab64a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a4ddb24bdd84971" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b1a5dc1036c4a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e922d1bd8d846b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349867</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,745</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,815</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,755</x:t>
-[...598 lines deleted...]
-          <x:t>5,285</x:t>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>