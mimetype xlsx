--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree6f712f088e454c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbce6d3acc03f4647" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e922d1bd8d846b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0cc353ebb14b84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b1a5dc1036c4a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e922d1bd8d846b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3e5c4a2dde04146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0cc353ebb14b84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349867</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>