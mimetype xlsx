--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbce6d3acc03f4647" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf99932f2ed764592" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0cc353ebb14b84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec4c99ba97d74ac8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3e5c4a2dde04146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0cc353ebb14b84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4c84e81491465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec4c99ba97d74ac8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349867</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>