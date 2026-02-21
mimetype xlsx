--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf99932f2ed764592" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342c888da54a4def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec4c99ba97d74ac8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R835a25ddb1d34d79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4c84e81491465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec4c99ba97d74ac8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fbd9a61ecdb459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R835a25ddb1d34d79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349867</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>5,548</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,208</x:t>
-[...264 lines deleted...]
-          <x:t>5,590</x:t>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,951</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>6,606</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>