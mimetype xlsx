--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342c888da54a4def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9729757bd0b142ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R835a25ddb1d34d79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd73ee611e51e4ba0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fbd9a61ecdb459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R835a25ddb1d34d79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc4677080dee4a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd73ee611e51e4ba0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349867</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,927</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>5,756</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,903</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,008</x:t>
-[...313 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,909</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>5,997</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.02.2026</x:t>
-[...46 lines deleted...]
-          <x:t>6,283</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>