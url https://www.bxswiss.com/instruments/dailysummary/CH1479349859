--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fde68b735d04182" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8459b805114cd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e842ef6d3094443"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ebb704fe6fc4966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6467bb37ff844ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e842ef6d3094443" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4511b8aa98474bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ebb704fe6fc4966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,815</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>5,105</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,855</x:t>
-[...178 lines deleted...]
-          <x:t>4,645</x:t>
+          <x:t>5,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,585</x:t>
-[...232 lines deleted...]
-          <x:t>5,045</x:t>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,985</x:t>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>5,945</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>