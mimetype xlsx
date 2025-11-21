--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8459b805114cd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43dbd393c6d54301" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ebb704fe6fc4966"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3646812d4c10423c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4511b8aa98474bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ebb704fe6fc4966" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R388ea648b9dc4723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3646812d4c10423c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,875</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,025</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,945</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,205</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,895</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,195</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>5,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>