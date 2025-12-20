--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43dbd393c6d54301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re534d7df8fef43be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3646812d4c10423c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c0278c6474f4c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R388ea648b9dc4723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3646812d4c10423c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83354fdc260c4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c0278c6474f4c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>5,825</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,775</x:t>
-[...249 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,215</x:t>
-[...333 lines deleted...]
-          <x:t>4,240</x:t>
+          <x:t>5,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>