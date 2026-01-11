--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re534d7df8fef43be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb958e3aa993d4a1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c0278c6474f4c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R817fe22505704ace"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83354fdc260c4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c0278c6474f4c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R433e8f79bc6c4596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R817fe22505704ace" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>