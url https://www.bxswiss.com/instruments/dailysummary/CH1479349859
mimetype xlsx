--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb958e3aa993d4a1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e0b063d356f4bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R817fe22505704ace"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6df02c5419414851"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R433e8f79bc6c4596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R817fe22505704ace" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f732db9c64247f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6df02c5419414851" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,361</x:t>
-[...85 lines deleted...]
-          <x:t>5,738</x:t>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,103</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>6,049</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,491</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>6,762</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>