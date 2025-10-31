--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd0dcc8f0d5e477c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d32ef83e3124022" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ecf9a919cd14089"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a9b565c5ec44a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cf7724f8263497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ecf9a919cd14089" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01a91048898c435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a9b565c5ec44a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,185</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>5,195</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>6,095</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>