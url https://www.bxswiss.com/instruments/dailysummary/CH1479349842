--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d32ef83e3124022" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b1a483a18e44bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a9b565c5ec44a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb1dcfbe3c5a4c6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01a91048898c435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a9b565c5ec44a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e5ecc2b464844c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb1dcfbe3c5a4c6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>5,565</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>