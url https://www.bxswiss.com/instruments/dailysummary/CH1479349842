--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b1a483a18e44bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16e9cc493925477f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb1dcfbe3c5a4c6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd854102866946c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e5ecc2b464844c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb1dcfbe3c5a4c6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bda9d7f4d904c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd854102866946c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>5,240</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,192</x:t>
-[...43 lines deleted...]
-          <x:t>5,422</x:t>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,204</x:t>
-[...193 lines deleted...]
-          <x:t>5,503</x:t>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>