--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16e9cc493925477f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra306c9a174284673" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd854102866946c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a048064def4f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bda9d7f4d904c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd854102866946c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587588bd87a74f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a048064def4f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,476</x:t>
-[...441 lines deleted...]
-          <x:t>6,919</x:t>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>