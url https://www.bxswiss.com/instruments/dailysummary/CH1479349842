--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra306c9a174284673" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6149bbaf95d74837" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a048064def4f05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdc5cff086704ab0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587588bd87a74f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a048064def4f05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36f96331d74f4ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdc5cff086704ab0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>6,088</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>6,349</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,084</x:t>
-[...431 lines deleted...]
-          <x:t>6,301</x:t>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.02.2026</x:t>
-[...46 lines deleted...]
-          <x:t>6,595</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>