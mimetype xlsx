--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R647c52dd87514992" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ff5bce8a633414c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee644eb69254f44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb2a731a4fb4619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1f714827d944394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee644eb69254f44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc92f88b21a3a4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb2a731a4fb4619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>5,185</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,415</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>5,335</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,265</x:t>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...100 lines deleted...]
-          <x:t>6,235</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>