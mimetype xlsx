--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ff5bce8a633414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376af877349046a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb2a731a4fb4619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b08cd191eab4b45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc92f88b21a3a4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb2a731a4fb4619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c278e0a5ae40c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b08cd191eab4b45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...630 lines deleted...]
-          <x:t>5,835</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,715</x:t>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>