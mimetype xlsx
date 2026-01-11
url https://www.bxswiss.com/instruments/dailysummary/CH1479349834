--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376af877349046a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde6140966c304ec2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b08cd191eab4b45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a4606dd1df145dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c278e0a5ae40c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b08cd191eab4b45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c635daeae642ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a4606dd1df145dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>5,388</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,336</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>5,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,163</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>