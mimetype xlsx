--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde6140966c304ec2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda08f75c006d4a3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a4606dd1df145dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb64b76661ca043aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c635daeae642ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a4606dd1df145dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cd441bb801a4d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb64b76661ca043aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,620</x:t>
-[...441 lines deleted...]
-          <x:t>7,078</x:t>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>