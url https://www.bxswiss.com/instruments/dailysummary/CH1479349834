--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda08f75c006d4a3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R975857d6a25c4910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb64b76661ca043aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6f6b2b0f58a4e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cd441bb801a4d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb64b76661ca043aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a9ecc1c78124596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6f6b2b0f58a4e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>6,502</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,235</x:t>
-[...490 lines deleted...]
-          <x:t>6,751</x:t>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>