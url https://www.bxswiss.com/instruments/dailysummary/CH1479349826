--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc152de57c2d54395" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05719a072a0542f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb560ffe20f4393"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b54535b7ed24ffb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98fe2212ffa0457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb560ffe20f4393" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re936207620e44d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b54535b7ed24ffb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349826</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>5,465</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>5,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,405</x:t>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>6,385</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>