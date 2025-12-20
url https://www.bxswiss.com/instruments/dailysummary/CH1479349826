--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05719a072a0542f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04ba05eb01df4850" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b54535b7ed24ffb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd884aa02b640470e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re936207620e44d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b54535b7ed24ffb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c02315ac2db4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd884aa02b640470e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349826</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>5,855</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>