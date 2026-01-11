--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04ba05eb01df4850" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04764ce6049647c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd884aa02b640470e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb34cb04e8c2543bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c02315ac2db4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd884aa02b640470e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d1847b994f4c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb34cb04e8c2543bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1479349826</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>