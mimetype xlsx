--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d5bc8ba5503494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R128738c2800947cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc983426ce05e4a45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raefac4c864b9426e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93025d27bc654305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc983426ce05e4a45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1749eeb018054580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raefac4c864b9426e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Nestlé</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,138</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,136</x:t>
-[...43 lines deleted...]
-          <x:t>0,138</x:t>
+          <x:t>0,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,142</x:t>
-        </x:is>
-[...521 lines deleted...]
-          <x:t>0,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>