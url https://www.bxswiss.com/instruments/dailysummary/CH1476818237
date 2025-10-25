--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R678b40eddecb4d93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c479cbf68f24119" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6df0dbd21ea543ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red956a293f4f447c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13963715499c4fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6df0dbd21ea543ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf823d94e72547c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red956a293f4f447c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,565</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,435</x:t>
-[...286 lines deleted...]
-          <x:t>2,795</x:t>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,685</x:t>
-[...38 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,835</x:t>
-[...225 lines deleted...]
-          <x:t>2,695</x:t>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>