--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c479cbf68f24119" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5f693ed03a41f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red956a293f4f447c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree267af569454395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf823d94e72547c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red956a293f4f447c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red4d216b18a14a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree267af569454395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...630 lines deleted...]
-          <x:t>2,525</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,355</x:t>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>