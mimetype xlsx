--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5f693ed03a41f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7545d36db54a51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree267af569454395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea5695ead3c24785"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red4d216b18a14a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree267af569454395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0ed4fb6d8644c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea5695ead3c24785" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>2,177</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,047</x:t>
-[...43 lines deleted...]
-          <x:t>2,323</x:t>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,275</x:t>
-[...141 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,729</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,729</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,715</x:t>
-[...134 lines deleted...]
-          <x:t>1,587</x:t>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>