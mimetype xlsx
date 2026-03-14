--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7545d36db54a51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R823c8ef1ec984bcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea5695ead3c24785"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R693da2bdf157476d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0ed4fb6d8644c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea5695ead3c24785" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf290c517857c42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R693da2bdf157476d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>1,771</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,531</x:t>
-[...377 lines deleted...]
-          <x:t>1,379</x:t>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.02.2026</x:t>
-[...154 lines deleted...]
-          <x:t>1,645</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>