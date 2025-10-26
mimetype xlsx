--- v0 (2025-10-02)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd45166bd9567406d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817eb52a63154140" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0694c1221da94476"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86a9430c89744e9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c19b8b755094228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0694c1221da94476" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc390d3b185642da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86a9430c89744e9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,015</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,995</x:t>
-[...70 lines deleted...]
-          <x:t>3,095</x:t>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,995</x:t>
-[...183 lines deleted...]
-          <x:t>2,655</x:t>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,575</x:t>
-[...16 lines deleted...]
-          <x:t>2,625</x:t>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,615</x:t>
-[...303 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>2,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>