--- v1 (2025-10-26)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817eb52a63154140" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda294dcf85ca4302" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86a9430c89744e9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb90b43b5f8b4fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc390d3b185642da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86a9430c89744e9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d890a4cbe94cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb90b43b5f8b4fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2,125</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>