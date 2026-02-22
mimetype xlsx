--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda294dcf85ca4302" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4614ffea129742c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb90b43b5f8b4fe5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb621e5c5019644ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d890a4cbe94cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb90b43b5f8b4fe5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbaeff4991a5463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb621e5c5019644ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,966</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,841</x:t>
-[...200 lines deleted...]
-          <x:t>1,579</x:t>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,517</x:t>
-[...38 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,525</x:t>
-[...85 lines deleted...]
-          <x:t>1,411</x:t>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,437</x:t>
-        </x:is>
-[...52 lines deleted...]
-          <x:t>1,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>