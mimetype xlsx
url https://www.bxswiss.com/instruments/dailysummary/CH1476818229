--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4614ffea129742c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4461aca2e9254b43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb621e5c5019644ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2ddd2cb2bc74555"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbaeff4991a5463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb621e5c5019644ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfce67e4c761a405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2ddd2cb2bc74555" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>1,377</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,341</x:t>
-[...11 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>1,437</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>