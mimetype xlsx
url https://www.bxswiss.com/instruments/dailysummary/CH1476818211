--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc34542d69da34f98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95985ae8d8414763" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75a7e9a2a1694962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a3c7e82cf434c72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8bac0e85d654386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75a7e9a2a1694962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6129d89fdc284788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a3c7e82cf434c72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>1,664</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,628</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>1,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>