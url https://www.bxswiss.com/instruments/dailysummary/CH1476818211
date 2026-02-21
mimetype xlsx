--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95985ae8d8414763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bd076dd9dfd48ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a3c7e82cf434c72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ac3e9f5f0014557"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6129d89fdc284788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a3c7e82cf434c72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c337d9d376417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ac3e9f5f0014557" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,733</x:t>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,629</x:t>
-[...129 lines deleted...]
-          <x:t>1,391</x:t>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,397</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>1,233</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>