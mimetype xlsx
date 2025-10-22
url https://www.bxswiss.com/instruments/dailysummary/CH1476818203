--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e6126832814c51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc800ffe010c840d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b3853eb18bd49fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R309d75172ff1414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096db87a7d8e492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b3853eb18bd49fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e59f9cfc68b4ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R309d75172ff1414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,645</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,565</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,315</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>2,345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>2,285</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,155</x:t>
-[...6 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,195</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,165</x:t>
-[...173 lines deleted...]
-          <x:t>2,005</x:t>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,995</x:t>
-[...161 lines deleted...]
-          <x:t>2,015</x:t>
+          <x:t>1,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>