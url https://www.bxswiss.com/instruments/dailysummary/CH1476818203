--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc800ffe010c840d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9d5a19393444ec0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R309d75172ff1414a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3c2b132c78e481c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e59f9cfc68b4ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R309d75172ff1414a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb444e0c0d5d040be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3c2b132c78e481c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...6 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,035</x:t>
+          <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...259 lines deleted...]
-          <x:t>1,995</x:t>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,985</x:t>
-[...296 lines deleted...]
-          <x:t>2,025</x:t>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>