--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9d5a19393444ec0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf23d5048ee746ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3c2b132c78e481c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dbe6d78cd404406"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb444e0c0d5d040be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3c2b132c78e481c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449ae12bbe2f4a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dbe6d78cd404406" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...284 lines deleted...]
-          <x:t>1,625</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>1,875</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>