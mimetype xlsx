--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf23d5048ee746ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3a25d09435a4533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dbe6d78cd404406"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c482d53125d4b46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449ae12bbe2f4a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dbe6d78cd404406" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R454008c8108c48f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c482d53125d4b46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>1,494</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,460</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>1,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,373</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>