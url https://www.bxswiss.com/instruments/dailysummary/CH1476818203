--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3a25d09435a4533" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbee7336610404fb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c482d53125d4b46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra18fbfe075e7473a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R454008c8108c48f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c482d53125d4b46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531a195b6b064c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra18fbfe075e7473a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1,551</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,457</x:t>
-[...97 lines deleted...]
-          <x:t>1,523</x:t>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...65 lines deleted...]
-          <x:t>1,193</x:t>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,179</x:t>
-[...166 lines deleted...]
-          <x:t>1,089</x:t>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>