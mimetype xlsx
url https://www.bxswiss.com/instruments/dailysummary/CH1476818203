--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbee7336610404fb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00a8a3201e514888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra18fbfe075e7473a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93b6c2cffb904a3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531a195b6b064c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra18fbfe075e7473a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6577c327ecd94cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93b6c2cffb904a3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,443</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,283</x:t>
-[...222 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,251</x:t>
-[...232 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,341</x:t>
-[...4 lines deleted...]
-          <x:t>1,153</x:t>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...68 lines deleted...]
-          <x:t>1,021</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,041</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>19.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,205</x:t>
-[...36 lines deleted...]
-          <x:t>1,109</x:t>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>