--- v0 (2025-10-24)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2d9899b17194297" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d02b03bedbb45fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812f7002535f473c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfebb5c4bb1df4ac2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf8271edf52d4524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812f7002535f473c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafa4e77c8f254f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfebb5c4bb1df4ac2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818195</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,765</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>