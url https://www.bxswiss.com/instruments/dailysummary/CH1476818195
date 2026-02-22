--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d02b03bedbb45fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R947467cfdfa447ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfebb5c4bb1df4ac2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2924666db44e26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafa4e77c8f254f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfebb5c4bb1df4ac2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7555521d18d5470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2924666db44e26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818195</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,391</x:t>
-[...151 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,125</x:t>
-[...43 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,063</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...139 lines deleted...]
-          <x:t>0,965</x:t>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>