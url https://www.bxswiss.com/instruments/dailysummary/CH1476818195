--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R947467cfdfa447ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80d6a1f2c7d499e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2924666db44e26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c1780bea5a34d7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7555521d18d5470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2924666db44e26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R413c19809ab3432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c1780bea5a34d7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818195</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,077</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,099</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,997</x:t>
-[...367 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,051</x:t>
-[...171 lines deleted...]
-          <x:t>0,977</x:t>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>