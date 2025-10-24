--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b1e7915ff214fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2220fc2e7e44e60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9b85667bf5b479e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f3adc46fa3c463d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f40775f6ba64790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9b85667bf5b479e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c06cec781d4195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f3adc46fa3c463d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,055</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>2,085</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>1,765</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>1,785</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,775</x:t>
-[...323 lines deleted...]
-          <x:t>1,665</x:t>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>