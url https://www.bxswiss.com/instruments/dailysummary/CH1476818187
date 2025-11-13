--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2220fc2e7e44e60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16f2750a63c74908" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f3adc46fa3c463d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf44801c268d4fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c06cec781d4195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f3adc46fa3c463d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b8ee5a4031740e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf44801c268d4fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,735</x:t>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,675</x:t>
-[...6 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,685</x:t>
+          <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,685</x:t>
-[...593 lines deleted...]
-          <x:t>1,605</x:t>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>