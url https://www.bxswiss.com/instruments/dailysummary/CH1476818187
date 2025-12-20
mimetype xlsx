--- v2 (2025-11-13)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16f2750a63c74908" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e0356f164e34f27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf44801c268d4fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R249c1e0d5b264d80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b8ee5a4031740e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf44801c268d4fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8127e844d722413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R249c1e0d5b264d80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>1,375</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,355</x:t>
-[...296 lines deleted...]
-          <x:t>1,435</x:t>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>