--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e0356f164e34f27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b12d4c4e561475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R249c1e0d5b264d80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f6b4ae6a2f40b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8127e844d722413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R249c1e0d5b264d80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8956e6d08a4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f6b4ae6a2f40b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,342</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>1,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>