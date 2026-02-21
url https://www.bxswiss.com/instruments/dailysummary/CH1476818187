--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b12d4c4e561475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdf063493c994156" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f6b4ae6a2f40b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae145ac8daa46f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8956e6d08a4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f6b4ae6a2f40b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f9de09648941ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae145ac8daa46f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,274</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,189</x:t>
-[...16 lines deleted...]
-          <x:t>1,275</x:t>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,247</x:t>
-[...151 lines deleted...]
-          <x:t>1,037</x:t>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,979</x:t>
-[...48 lines deleted...]
-          <x:t>0,933</x:t>
+          <x:t>0,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,925</x:t>
-[...9 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>