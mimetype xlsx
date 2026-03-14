--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdf063493c994156" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re02e528e46b34d65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae145ac8daa46f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7af5c589f4804db4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f9de09648941ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae145ac8daa46f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d20012451744987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7af5c589f4804db4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,955</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,901</x:t>
-[...4 lines deleted...]
-          <x:t>0,829</x:t>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>0,737</x:t>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,729</x:t>
-[...107 lines deleted...]
-          <x:t>0,739</x:t>
+          <x:t>0,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,741</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>0,861</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>