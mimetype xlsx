--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8f4e93d4124e8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R503a05856ec04bbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d2951598a5f4d3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95a79f01bbc14b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84fa1c503b2e4245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d2951598a5f4d3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc669aceca1ff4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95a79f01bbc14b8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,295</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>