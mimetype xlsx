--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R503a05856ec04bbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8157fb91b8e94f4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95a79f01bbc14b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14a8ea1d0a72468d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc669aceca1ff4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95a79f01bbc14b8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d28bcaf66554a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14a8ea1d0a72468d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,925</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,867</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,893</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
-[...43 lines deleted...]
-          <x:t>0,841</x:t>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,831</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,793</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,791</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,801</x:t>
-[...31 lines deleted...]
-          <x:t>0,759</x:t>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>