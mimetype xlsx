--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8157fb91b8e94f4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1beaed2410194334" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14a8ea1d0a72468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf52296f37734c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d28bcaf66554a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14a8ea1d0a72468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c6634d706294fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf52296f37734c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...4 lines deleted...]
-          <x:t>0,849</x:t>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,867</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,729</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>0,761</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>