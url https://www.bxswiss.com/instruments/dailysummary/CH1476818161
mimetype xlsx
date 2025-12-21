--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb78c0383503d4f6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R567f89157d464304" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72bdca2834b54b45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra292f0669f6149e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad801c79024c4528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72bdca2834b54b45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf69fa4e181448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra292f0669f6149e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,175</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>