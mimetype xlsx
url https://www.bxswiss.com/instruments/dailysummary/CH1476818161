--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R567f89157d464304" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd7c4043ce004261" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra292f0669f6149e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f7d4056db94fdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf69fa4e181448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra292f0669f6149e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9524b1186f04ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f7d4056db94fdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>0,952</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,998</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>10.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,048</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>1,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,891</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>