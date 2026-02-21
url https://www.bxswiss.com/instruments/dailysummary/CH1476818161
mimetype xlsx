--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd7c4043ce004261" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b8d3777bc14ec7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f7d4056db94fdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c2738eddee34ab1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9524b1186f04ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f7d4056db94fdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a7da328c3545b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c2738eddee34ab1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>0,815</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,773</x:t>
-[...11 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,797</x:t>
-[...4 lines deleted...]
-          <x:t>0,749</x:t>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,753</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>0,665</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>