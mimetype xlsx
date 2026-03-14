--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b8d3777bc14ec7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1422054bab614f12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c2738eddee34ab1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb235301ad0c24cb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a7da328c3545b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c2738eddee34ab1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra71b99c1446746a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb235301ad0c24cb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,709</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>23.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,693</x:t>
-[...85 lines deleted...]
-          <x:t>0,583</x:t>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,633</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,589</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,713</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...307 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,705</x:t>
-[...65 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>0,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,653</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>0,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>