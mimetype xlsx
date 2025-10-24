--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15af272dd6ef4ced" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61c2d009c11a4b61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7ab030a7294c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ebac350bee0498b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e6e81fce5404aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7ab030a7294c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345c34ca93ef4bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ebac350bee0498b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818153</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,395</x:t>
-[...53 lines deleted...]
-          <x:t>1,415</x:t>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>1,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,345</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,245</x:t>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>