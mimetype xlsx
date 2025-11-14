--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61c2d009c11a4b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0ccb168c4ae47ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ebac350bee0498b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dc367c63d904b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345c34ca93ef4bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ebac350bee0498b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R092869011f524c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dc367c63d904b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818153</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,305</x:t>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>1,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...532 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>