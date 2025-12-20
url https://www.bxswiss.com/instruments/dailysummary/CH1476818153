--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0ccb168c4ae47ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75fd5b294a0d420a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dc367c63d904b1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215bb32e2cf44759"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R092869011f524c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dc367c63d904b1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0bfffd1be524f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215bb32e2cf44759" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818153</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...517 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...112 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>