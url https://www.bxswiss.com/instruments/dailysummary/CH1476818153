--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75fd5b294a0d420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7722fb3ef7d840e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215bb32e2cf44759"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c4dc152d1624acc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0bfffd1be524f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215bb32e2cf44759" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0317595c3c8e4532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c4dc152d1624acc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818153</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>