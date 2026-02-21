--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7722fb3ef7d840e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb720256bc09647a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c4dc152d1624acc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddcfafd6592144e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0317595c3c8e4532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c4dc152d1624acc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R252e7b2fd1b74d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddcfafd6592144e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818153</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,727</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,693</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>30.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,667</x:t>
-[...144 lines deleted...]
-          <x:t>0,601</x:t>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>