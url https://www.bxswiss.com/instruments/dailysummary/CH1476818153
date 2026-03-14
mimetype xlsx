--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb720256bc09647a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5f7e19ff55745b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddcfafd6592144e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88eb131f2baf4eea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R252e7b2fd1b74d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddcfafd6592144e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R135169846bea44fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88eb131f2baf4eea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818153</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,629</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,577</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>0,523</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,521</x:t>
-[...102 lines deleted...]
-          <x:t>0,579</x:t>
+          <x:t>0,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,579</x:t>
-[...350 lines deleted...]
-          <x:t>0,597</x:t>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>